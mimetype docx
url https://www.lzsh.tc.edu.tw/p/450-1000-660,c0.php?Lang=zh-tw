--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -1,269 +1,219 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00F963C1" w:rsidRPr="00F963C1" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
+    <w:p w:rsidR="00684E91" w:rsidRDefault="00A50A15" w:rsidP="00684E91">
       <w:pPr>
-        <w:ind w:firstLineChars="700" w:firstLine="1962"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD5258">
+      <w:r w:rsidRPr="00A50A15">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>網域系統、電子信箱</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00DD5258">
+        <w:t>臺中市私立立人高</w:t>
+      </w:r>
+      <w:r w:rsidR="00670C25">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>級</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A50A15">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>中學校網域系統、電子信箱申請表</w:t>
+      </w:r>
+      <w:r w:rsidR="00684E91">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>申請表</w:t>
-      </w:r>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F963C1" w:rsidRPr="00624ABD" w:rsidRDefault="00C267A3" w:rsidP="00C267A3">
+      <w:pPr>
+        <w:ind w:right="-82"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">          </w:t>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00F963C1">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請日期</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7581E">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00F963C1" w:rsidRPr="00624ABD" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...79 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7581E">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>處室分機：</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
-        <w:tblInd w:w="28" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="941"/>
         <w:gridCol w:w="2659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F963C1" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="00F963C1" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="360"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="000C0F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>立人高中</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>學校網域系統、電子信箱</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>申請表</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F963C1" w:rsidTr="00F963C1">
+      <w:tr w:rsidR="00F963C1" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="525"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
@@ -354,448 +304,437 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F963C1" w:rsidTr="00F34C4D">
+      <w:tr w:rsidR="00F963C1" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="00624ABD" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>學校網域系統帳號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F963C1" w:rsidRPr="00425470" w:rsidRDefault="00F12D1E" w:rsidP="00425470">
+          <w:p w:rsidR="00F963C1" w:rsidRPr="00F516A9" w:rsidRDefault="00F12D1E" w:rsidP="00425470">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00425470">
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F516A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
               <w:t>帳號為教職</w:t>
             </w:r>
-            <w:r w:rsidR="00217B20" w:rsidRPr="00425470">
+            <w:r w:rsidR="00217B20" w:rsidRPr="00F516A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
-                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
               <w:t>員工編號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="00624ABD" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>密碼</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2659" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00217B20" w:rsidRPr="00F34C4D" w:rsidRDefault="00217B20" w:rsidP="00F34C4D">
+          <w:p w:rsidR="00217B20" w:rsidRPr="000366F3" w:rsidRDefault="00217B20" w:rsidP="00F34C4D">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...5 lines deleted...]
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:color w:val="B6B6B6"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000366F3">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="B6B6B6"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>身份證字號</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F963C1" w:rsidRPr="00217B20" w:rsidRDefault="00F963C1" w:rsidP="00F34C4D">
+          <w:p w:rsidR="00F963C1" w:rsidRPr="00217B20" w:rsidRDefault="00F963C1" w:rsidP="001027CC">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00217B20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="00217B20" w:rsidRPr="00DA7696">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>英文字大寫</w:t>
             </w:r>
-            <w:r w:rsidR="00217B20">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00217B20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F963C1" w:rsidTr="0085682D">
+      <w:tr w:rsidR="00F963C1" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="000C0F85">
-            <w:pPr>
+          <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="00C267A3">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">    電子信箱帳號  </w:t>
+              <w:t>電子信箱帳號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F34C4D">
+            <w:r w:rsidRPr="004D766C">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00217B20" w:rsidRPr="00F34C4D">
+            <w:r w:rsidR="00217B20" w:rsidRPr="004D766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00217B20" w:rsidRPr="00F34C4D">
+            <w:r w:rsidR="00217B20" w:rsidRPr="004D766C">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>教職員工編號</w:t>
             </w:r>
-            <w:r w:rsidR="00217B20" w:rsidRPr="00F34C4D">
+            <w:r w:rsidR="00217B20" w:rsidRPr="004D766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00217B20" w:rsidRPr="00425470">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>@lzsh.tc.edu.tw</w:t>
             </w:r>
             <w:r w:rsidRPr="00425470">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>密碼同上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00217B20" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="00217B20" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="165"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00217B20" w:rsidRPr="007D4F90" w:rsidRDefault="00217B20" w:rsidP="000C0F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>說  明</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00217B20" w:rsidRDefault="00217B20" w:rsidP="009472E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1、請使用學校電子信箱收發訊息，以利行政業務執行。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00217B20" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="00217B20" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="165"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00217B20" w:rsidRDefault="00217B20" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00217B20" w:rsidRDefault="00217B20" w:rsidP="009472E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2、電子信箱收發請用中文姓名，以利辨識。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00217B20" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="00217B20" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="345"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00217B20" w:rsidRDefault="00217B20" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00217B20" w:rsidRDefault="00217B20" w:rsidP="009472E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3、離職時個人上述使用之帳號、密碼將被刪除，停止使用。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00217B20" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="00217B20" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="345"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="00217B20" w:rsidRDefault="00217B20" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00F12D1E" w:rsidRDefault="00217B20" w:rsidP="00F12D1E">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
@@ -835,350 +774,330 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">   變更密碼亦需8碼以上，英文及數字混合</w:t>
             </w:r>
             <w:r w:rsidRPr="00F12D1E">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00425470" w:rsidRPr="008B623C" w:rsidRDefault="00425470" w:rsidP="00425470">
+    <w:p w:rsidR="00425470" w:rsidRPr="008B623C" w:rsidRDefault="00712A59" w:rsidP="00425470">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B623C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00425470" w:rsidRPr="008B623C">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
         <w:t>※</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B623C">
+      <w:r w:rsidR="00425470" w:rsidRPr="008B623C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>此帳號及密碼為校務行政系統專用，請委善保存。</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00425470" w:rsidRPr="008B623C" w:rsidRDefault="00425470" w:rsidP="00425470">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008B623C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">　本人同意遵守資訊安全相關規定，其資料勿做非業務相關之使用。　</w:t>
+        <w:t xml:space="preserve">　</w:t>
+      </w:r>
+      <w:r w:rsidR="00712A59">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B623C">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">本人同意遵守資訊安全相關規定，其資料勿做非業務相關之使用。　</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F963C1" w:rsidRPr="00425470" w:rsidRDefault="00F963C1" w:rsidP="00F963C1"/>
-    <w:p w:rsidR="00F963C1" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
+    <w:p w:rsidR="00F963C1" w:rsidRDefault="00F963C1" w:rsidP="00DD093D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+          <w:tab w:val="left" w:pos="3240"/>
+          <w:tab w:val="left" w:pos="3420"/>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請人簽名：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>媒體資訊組長：</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="009B341B" w:rsidRDefault="0088412B"/>
-    <w:p w:rsidR="004D1E35" w:rsidRDefault="004D1E35" w:rsidP="00F963C1">
+    <w:p w:rsidR="004D1E35" w:rsidRDefault="004D1E35" w:rsidP="00684E91">
       <w:pPr>
-        <w:ind w:firstLineChars="700" w:firstLine="1962"/>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F963C1" w:rsidRPr="00F963C1" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
+    <w:p w:rsidR="00684E91" w:rsidRDefault="00684E91" w:rsidP="00684E91">
       <w:pPr>
-        <w:ind w:firstLineChars="700" w:firstLine="1962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DD5258">
+    </w:p>
+    <w:p w:rsidR="00F963C1" w:rsidRPr="00C267A3" w:rsidRDefault="00684E91" w:rsidP="00C267A3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A50A15">
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>網域系統、電子信箱</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+        <w:t>臺中市私立立人高</w:t>
+      </w:r>
+      <w:r w:rsidR="00670C25">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>申請表</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:hint="eastAsia"/>
+        <w:t>級</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A50A15">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">          </w:t>
+        <w:t>中學校網域系統、電子信箱申請表</w:t>
+      </w:r>
+      <w:r w:rsidR="00C267A3">
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                              </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F963C1" w:rsidRPr="00C267A3" w:rsidRDefault="00C267A3" w:rsidP="00CA6D5D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5220"/>
+          <w:tab w:val="left" w:pos="7380"/>
+        </w:tabs>
+        <w:ind w:right="-82"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　　　　　　　　　　　　　　　　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00F963C1">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請日期</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7581E">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>：</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00F963C1" w:rsidRPr="00624ABD" w:rsidRDefault="00F963C1" w:rsidP="00F963C1">
       <w:r>
         <w:rPr>
-          <w:rFonts w:hint="eastAsia"/>
-[...79 lines deleted...]
-        <w:tab/>
+          <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">　　　　　</w:t>
       </w:r>
       <w:r w:rsidRPr="00D7581E">
         <w:rPr>
           <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>處室分機：</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9180" w:type="dxa"/>
-        <w:tblInd w:w="28" w:type="dxa"/>
+        <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="0000"/>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="1080"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="941"/>
         <w:gridCol w:w="2659"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F963C1" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="00F963C1" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="360"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="000C0F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>立人高中</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>學校網域系統、電子信箱</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>申請表</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F963C1" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="00F963C1" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="525"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="720" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="000C0F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>姓名</w:t>
             </w:r>
           </w:p>
@@ -1269,441 +1188,430 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2659" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00F963C1" w:rsidRPr="007D4F90" w:rsidRDefault="00F963C1" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F34C4D" w:rsidTr="00F34C4D">
+      <w:tr w:rsidR="00F34C4D" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F34C4D" w:rsidRPr="00624ABD" w:rsidRDefault="00F34C4D" w:rsidP="000C0F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>學校網域系統帳號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C4D" w:rsidRPr="00425470" w:rsidRDefault="00F34C4D" w:rsidP="0058416B">
+          <w:p w:rsidR="00F34C4D" w:rsidRPr="00F516A9" w:rsidRDefault="00F34C4D" w:rsidP="0058416B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00425470">
+            <w:r w:rsidRPr="00F516A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
               </w:rPr>
               <w:t>帳號為教職員工編號</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="941" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00F34C4D" w:rsidRPr="00624ABD" w:rsidRDefault="00F34C4D" w:rsidP="00CB4507">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>密碼</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2659" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00F34C4D" w:rsidRPr="00F34C4D" w:rsidRDefault="00F34C4D" w:rsidP="00CB4507">
+          <w:p w:rsidR="00F34C4D" w:rsidRPr="00F516A9" w:rsidRDefault="00F34C4D" w:rsidP="00CB4507">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
-[...6 lines deleted...]
-                <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                 <w:u w:val="single"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F516A9">
+              <w:rPr>
+                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+                <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
+                <w:u w:val="single"/>
+              </w:rPr>
               <w:t>身份證字號</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F34C4D" w:rsidRPr="00217B20" w:rsidRDefault="00F34C4D" w:rsidP="00CB4507">
+          <w:p w:rsidR="00F34C4D" w:rsidRPr="00217B20" w:rsidRDefault="00F34C4D" w:rsidP="001027CC">
             <w:pPr>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00217B20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="00DA7696">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>英文字大寫</w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
+            <w:r w:rsidRPr="00217B20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00425470" w:rsidTr="0085682D">
+      <w:tr w:rsidR="00425470" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:hRule="exact" w:val="680"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00425470" w:rsidRPr="007D4F90" w:rsidRDefault="00425470" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">    電子信箱帳號  </w:t>
+              <w:t xml:space="preserve">電子信箱帳號  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7020" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00425470" w:rsidRPr="007D4F90" w:rsidRDefault="00425470" w:rsidP="0058416B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F34C4D">
+            <w:r w:rsidRPr="004D766C">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00F34C4D">
+            <w:r w:rsidRPr="004D766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F34C4D">
+            <w:r w:rsidRPr="004D766C">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>教職員工編號</w:t>
             </w:r>
-            <w:r w:rsidRPr="00F34C4D">
+            <w:r w:rsidRPr="004D766C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00425470">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="標楷體" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>@lzsh.tc.edu.tw</w:t>
             </w:r>
             <w:r w:rsidRPr="00425470">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>密碼同上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007952DB" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="007952DB" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="165"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="007952DB" w:rsidRPr="007D4F90" w:rsidRDefault="007952DB" w:rsidP="000C0F85">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4F90">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>說  明</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="007952DB" w:rsidRDefault="007952DB" w:rsidP="009472E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1、請使用學校電子信箱收發訊息，以利行政業務執行。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007952DB" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="007952DB" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="165"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007952DB" w:rsidRDefault="007952DB" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="007952DB" w:rsidRDefault="007952DB" w:rsidP="009472E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2、電子信箱收發請用中文姓名，以利辨識。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007952DB" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="007952DB" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="345"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007952DB" w:rsidRDefault="007952DB" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="007952DB" w:rsidRDefault="007952DB" w:rsidP="009472E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>3、離職時個人上述使用之帳號、密碼將被刪除，停止使用。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007952DB" w:rsidTr="000C0F85">
+      <w:tr w:rsidR="007952DB" w:rsidTr="00712A59">
         <w:trPr>
           <w:trHeight w:val="345"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="007952DB" w:rsidRDefault="007952DB" w:rsidP="000C0F85">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8100" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
           <w:p w:rsidR="00F12D1E" w:rsidRDefault="007952DB" w:rsidP="00F12D1E">
             <w:pPr>
               <w:spacing w:line="280" w:lineRule="exact"/>
               <w:rPr>
@@ -1744,478 +1652,731 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">   變更密碼亦需8碼以上，英文及數字混合</w:t>
             </w:r>
             <w:r w:rsidR="007952DB" w:rsidRPr="00F12D1E">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="007952DB">
               <w:rPr>
                 <w:rFonts w:ascii="標楷體" w:eastAsia="標楷體" w:hAnsi="標楷體" w:hint="eastAsia"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00425470" w:rsidRPr="008B623C" w:rsidRDefault="00425470" w:rsidP="00425470">
+    <w:p w:rsidR="00425470" w:rsidRPr="008B623C" w:rsidRDefault="00712A59" w:rsidP="00425470">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B623C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00425470" w:rsidRPr="008B623C">
+        <w:rPr>
+          <w:rFonts w:ascii="新細明體" w:hAnsi="新細明體" w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
         <w:t>※</w:t>
       </w:r>
-      <w:r w:rsidRPr="008B623C">
+      <w:r w:rsidR="00425470" w:rsidRPr="008B623C">
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
         <w:t>此帳號及密碼為校務行政系統專用，請委善保存。</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00425470" w:rsidRPr="008B623C" w:rsidRDefault="00425470" w:rsidP="00425470">
+    <w:p w:rsidR="00425470" w:rsidRPr="008B623C" w:rsidRDefault="00712A59" w:rsidP="00425470">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008B623C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
           <w:b/>
         </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00425470" w:rsidRPr="008B623C">
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia"/>
+          <w:b/>
+        </w:rPr>
         <w:t xml:space="preserve">　本人同意遵守資訊安全相關規定，其資料勿做非業務相關之使用。　</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F963C1" w:rsidRPr="00425470" w:rsidRDefault="00F963C1" w:rsidP="00F963C1"/>
-    <w:p w:rsidR="00F963C1" w:rsidRPr="00F963C1" w:rsidRDefault="00F963C1">
+    <w:p w:rsidR="00F963C1" w:rsidRPr="00F963C1" w:rsidRDefault="00F963C1" w:rsidP="00DD093D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6840"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>申請人簽名：</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
         <w:t>媒體資訊組長：</w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F963C1" w:rsidRPr="00F963C1" w:rsidSect="001A2119">
+    <w:sectPr w:rsidR="00F963C1" w:rsidRPr="00F963C1" w:rsidSect="00684E91">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="1797" w:bottom="567" w:left="1797" w:header="851" w:footer="992" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="1134" w:bottom="567" w:left="1134" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425"/>
       <w:docGrid w:type="lines" w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0088412B" w:rsidRDefault="0088412B" w:rsidP="00217B20">
+    <w:p w:rsidR="00025358" w:rsidRDefault="00025358" w:rsidP="00217B20">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0088412B" w:rsidRDefault="0088412B" w:rsidP="00217B20">
+    <w:p w:rsidR="00025358" w:rsidRDefault="00025358" w:rsidP="00217B20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="新細明體">
     <w:altName w:val="PMingLiU"/>
     <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="標楷體">
     <w:panose1 w:val="03000509000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="script"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="080E0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0088412B" w:rsidRDefault="0088412B" w:rsidP="00217B20">
+    <w:p w:rsidR="00025358" w:rsidRDefault="00025358" w:rsidP="00217B20">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0088412B" w:rsidRDefault="0088412B" w:rsidP="00217B20">
+    <w:p w:rsidR="00025358" w:rsidRDefault="00025358" w:rsidP="00217B20">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
   <w:defaultTabStop w:val="480"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="19458"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F963C1"/>
     <w:rsid w:val="00025358"/>
+    <w:rsid w:val="000366F3"/>
     <w:rsid w:val="000F7E5E"/>
+    <w:rsid w:val="001027CC"/>
     <w:rsid w:val="001A2119"/>
     <w:rsid w:val="00217B20"/>
     <w:rsid w:val="002345F2"/>
     <w:rsid w:val="00242C1A"/>
     <w:rsid w:val="0025010C"/>
-    <w:rsid w:val="002857E3"/>
-    <w:rsid w:val="002922A8"/>
     <w:rsid w:val="003A7D70"/>
     <w:rsid w:val="003F7B0C"/>
     <w:rsid w:val="00425470"/>
     <w:rsid w:val="004D1E35"/>
+    <w:rsid w:val="004D766C"/>
     <w:rsid w:val="00611504"/>
+    <w:rsid w:val="00670C25"/>
+    <w:rsid w:val="00684E91"/>
     <w:rsid w:val="006D6CF6"/>
+    <w:rsid w:val="00712A59"/>
     <w:rsid w:val="007952DB"/>
     <w:rsid w:val="0085682D"/>
-    <w:rsid w:val="0088412B"/>
+    <w:rsid w:val="008A5573"/>
     <w:rsid w:val="00935940"/>
     <w:rsid w:val="00945860"/>
     <w:rsid w:val="009D0DA0"/>
+    <w:rsid w:val="009E502A"/>
+    <w:rsid w:val="00A50A15"/>
     <w:rsid w:val="00AE2DAC"/>
     <w:rsid w:val="00B27E97"/>
+    <w:rsid w:val="00C267A3"/>
+    <w:rsid w:val="00CA6D5D"/>
+    <w:rsid w:val="00D16C53"/>
     <w:rsid w:val="00D81D78"/>
+    <w:rsid w:val="00DD093D"/>
     <w:rsid w:val="00DE203C"/>
     <w:rsid w:val="00F12D1E"/>
     <w:rsid w:val="00F34C4D"/>
+    <w:rsid w:val="00F516A9"/>
     <w:rsid w:val="00F963C1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-TW"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="19458"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w15:docId w15:val="{B836ACDD-5F12-4C61-BB19-6FA11EA07595}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...137 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F963C1"/>
+    <w:rsid w:val="00684E91"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00F963C1"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
@@ -2267,51 +2428,51 @@
       </w:tabs>
       <w:snapToGrid w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="頁尾 字元"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00217B20"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="新細明體" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -2564,51 +2725,51 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>129</Words>
-  <Characters>741</Characters>
+  <Words>131</Words>
+  <Characters>753</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>869</CharactersWithSpaces>
+  <CharactersWithSpaces>883</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>